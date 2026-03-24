--- v0 (2025-10-23)
+++ v1 (2026-03-24)
@@ -90,51 +90,51 @@
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>法規數</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>廢止法規數</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>C000</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>秘書室</t>
         </is>
       </c>
       <c r="C2" s="0">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D2" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>C100</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>秘書室文書議事組</t>
         </is>
       </c>
       <c r="C3" s="0">
         <v>5</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0" t="inlineStr">
@@ -144,87 +144,87 @@
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>秘書室公關暨校友服務中心</t>
         </is>
       </c>
       <c r="C4" s="0">
         <v>3</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>E000</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>人事室</t>
         </is>
       </c>
       <c r="C5" s="0">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="D5" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>D000</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>主計室</t>
         </is>
       </c>
       <c r="C6" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D6" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>F100</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>教務處註冊課務組</t>
         </is>
       </c>
       <c r="C7" s="0">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>F400</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>教務處招生組</t>
         </is>
       </c>
       <c r="C8" s="0">
         <v>18</v>
       </c>
       <c r="D8" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0" t="inlineStr">
@@ -234,69 +234,69 @@
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>教務處教發學輔中心</t>
         </is>
       </c>
       <c r="C9" s="0">
         <v>24</v>
       </c>
       <c r="D9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>G100</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>學務處諮商輔導與職涯發展組</t>
         </is>
       </c>
       <c r="C10" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D10" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>G200</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>學務處學生安全與生活輔導中心</t>
         </is>
       </c>
       <c r="C11" s="0">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D11" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>G400</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>學務處課外活動組</t>
         </is>
       </c>
       <c r="C12" s="0">
         <v>14</v>
       </c>
       <c r="D12" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0" t="inlineStr">
@@ -324,141 +324,141 @@
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>學務處住服組</t>
         </is>
       </c>
       <c r="C14" s="0">
         <v>19</v>
       </c>
       <c r="D14" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>H200</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>總務處事務組</t>
         </is>
       </c>
       <c r="C15" s="0">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D15" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>H300</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>總務處出納組</t>
         </is>
       </c>
       <c r="C16" s="0">
         <v>8</v>
       </c>
       <c r="D16" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>H500</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>總務處經營管理組</t>
         </is>
       </c>
       <c r="C17" s="0">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D17" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>J100</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>研發處綜合業務組</t>
         </is>
       </c>
       <c r="C18" s="0">
         <v>49</v>
       </c>
       <c r="D18" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>J300</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>研究發展處產學與推廣教育營運中心</t>
         </is>
       </c>
       <c r="C19" s="0">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>J400</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>研發處創業育成中心</t>
         </is>
       </c>
       <c r="C20" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D20" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>Y000</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>國際處</t>
         </is>
       </c>
       <c r="C21" s="0">
         <v>3</v>
       </c>
       <c r="D21" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0" t="inlineStr">
@@ -540,733 +540,913 @@
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>圖書館閱覽服務組</t>
         </is>
       </c>
       <c r="C26" s="0">
         <v>7</v>
       </c>
       <c r="D26" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0" t="inlineStr">
         <is>
           <t>L000</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>計網中心</t>
         </is>
       </c>
       <c r="C27" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D27" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0" t="inlineStr">
         <is>
           <t>L200</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>計網中心系統組</t>
         </is>
       </c>
       <c r="C28" s="0">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D28" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0" t="inlineStr">
         <is>
           <t>L300</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>計網中心網路組</t>
         </is>
       </c>
       <c r="C29" s="0">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D29" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0" t="inlineStr">
         <is>
           <t>V100</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>環安衛中心環保組</t>
         </is>
       </c>
       <c r="C30" s="0">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D30" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0" t="inlineStr">
         <is>
           <t>V200</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>環安衛中心安全衛生組</t>
         </is>
       </c>
       <c r="C31" s="0">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D31" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0" t="inlineStr">
         <is>
           <t>M000</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>人文學院</t>
         </is>
       </c>
       <c r="C32" s="0">
         <v>18</v>
       </c>
       <c r="D32" s="0">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0" t="inlineStr">
         <is>
           <t>M100</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>中文系</t>
         </is>
       </c>
       <c r="C33" s="0">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D33" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0" t="inlineStr">
         <is>
           <t>M200</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>外文系</t>
         </is>
       </c>
       <c r="C34" s="0">
         <v>33</v>
       </c>
       <c r="D34" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0" t="inlineStr">
         <is>
           <t>M400</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>社工系</t>
         </is>
       </c>
       <c r="C35" s="0">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D35" s="0">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>M500</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>公行系</t>
         </is>
       </c>
       <c r="C36" s="0">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D36" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0" t="inlineStr">
         <is>
           <t>M600</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>歷史系</t>
         </is>
       </c>
       <c r="C37" s="0">
         <v>21</v>
       </c>
       <c r="D37" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>MD00</t>
+          <t>M800</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>華文碩士學程</t>
+          <t>東南亞系</t>
         </is>
       </c>
       <c r="C38" s="0">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D38" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>MH00</t>
+          <t>MD00</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>文化創意與社會行銷碩士學位學程</t>
+          <t>華文碩士學程</t>
         </is>
       </c>
       <c r="C39" s="0">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D39" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>N000</t>
+          <t>MF00</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>管理學院</t>
+          <t>非營利組織經營管理碩士學位學程</t>
         </is>
       </c>
       <c r="C40" s="0">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D40" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>N100</t>
+          <t>MH00</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>國企系</t>
+          <t>文化創意與社會行銷碩士學位學程</t>
         </is>
       </c>
       <c r="C41" s="0">
         <v>6</v>
       </c>
       <c r="D41" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>N200</t>
+          <t>MI00</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>經濟系</t>
+          <t>長期照顧經營管理碩士在職學位學程</t>
         </is>
       </c>
       <c r="C42" s="0">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D42" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>N300</t>
+          <t>N000</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>資管系</t>
+          <t>管理學院</t>
         </is>
       </c>
       <c r="C43" s="0">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="D43" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>N400</t>
+          <t>N100</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>財金系</t>
+          <t>國企系</t>
         </is>
       </c>
       <c r="C44" s="0">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="D44" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>N500</t>
+          <t>N200</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>觀光餐旅系</t>
+          <t>經濟系</t>
         </is>
       </c>
       <c r="C45" s="0">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D45" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>N600</t>
+          <t>N300</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>管理學位學程</t>
+          <t>資管系</t>
         </is>
       </c>
       <c r="C46" s="0">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D46" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>O000</t>
+          <t>N400</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>科技學院</t>
+          <t>財金系</t>
         </is>
       </c>
       <c r="C47" s="0">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D47" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>O100</t>
+          <t>N500</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>土木系</t>
+          <t>觀光餐旅系</t>
         </is>
       </c>
       <c r="C48" s="0">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D48" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>O200</t>
+          <t>N600</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>資工系</t>
+          <t>管理學位學程</t>
         </is>
       </c>
       <c r="C49" s="0">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D49" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>O300</t>
+          <t>NB00</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>電機系</t>
+          <t>管院全英學程</t>
         </is>
       </c>
       <c r="C50" s="0">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D50" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>O400</t>
+          <t>O000</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>應化系</t>
+          <t>科技學院</t>
         </is>
       </c>
       <c r="C51" s="0">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D51" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>O800</t>
+          <t>O100</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>應光系</t>
+          <t>土木系</t>
         </is>
       </c>
       <c r="C52" s="0">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D52" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>O900</t>
+          <t>O200</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>光電科技碩士學位學程</t>
+          <t>資工系</t>
         </is>
       </c>
       <c r="C53" s="0">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="D53" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>OA00</t>
+          <t>O300</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>科技學院學士班</t>
+          <t>電機系</t>
         </is>
       </c>
       <c r="C54" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="D54" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>X000</t>
+          <t>O400</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>教育學院</t>
+          <t>應化系</t>
         </is>
       </c>
       <c r="C55" s="0">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D55" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>M300</t>
+          <t>O800</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>國比系</t>
+          <t>應光系</t>
         </is>
       </c>
       <c r="C56" s="0">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D56" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>M700</t>
+          <t>O900</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>教政系</t>
+          <t>光電科技碩士學位學程</t>
         </is>
       </c>
       <c r="C57" s="0">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="D57" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>MA00</t>
+          <t>OA00</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>諮人系</t>
+          <t>科技學院學士班</t>
         </is>
       </c>
       <c r="C58" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D58" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>MC00</t>
+          <t>OB00</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>課科所</t>
+          <t>人工智慧與機器人碩士學位學程</t>
         </is>
       </c>
       <c r="C59" s="0">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D59" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>X200</t>
+          <t>X000</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>教育學院學士班</t>
+          <t>教育學院</t>
         </is>
       </c>
       <c r="C60" s="0">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D60" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>R000</t>
+          <t>M300</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>師資培育中心</t>
+          <t>國比系</t>
         </is>
       </c>
       <c r="C61" s="0">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D61" s="0">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>U000</t>
+          <t>M700</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>通識教育中心</t>
+          <t>教政系</t>
         </is>
       </c>
       <c r="C62" s="0">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D62" s="0">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>U200</t>
+          <t>MA00</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>通識教育中心體育組</t>
+          <t>諮人系</t>
         </is>
       </c>
       <c r="C63" s="0">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D63" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>T000</t>
+          <t>MC00</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>語文教學中心</t>
+          <t>課科所</t>
         </is>
       </c>
       <c r="C64" s="0">
         <v>20</v>
       </c>
       <c r="D64" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0" t="inlineStr">
         <is>
+          <t>X200</t>
+        </is>
+      </c>
+      <c r="B65" s="0" t="inlineStr">
+        <is>
+          <t>教育學院學士班</t>
+        </is>
+      </c>
+      <c r="C65" s="0">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" s="0" t="inlineStr">
+        <is>
+          <t>8000</t>
+        </is>
+      </c>
+      <c r="B66" s="0" t="inlineStr">
+        <is>
+          <t>護理暨健康福祉學院</t>
+        </is>
+      </c>
+      <c r="C66" s="0">
+        <v>3</v>
+      </c>
+      <c r="D66" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" s="0" t="inlineStr">
+        <is>
+          <t>8100</t>
+        </is>
+      </c>
+      <c r="B67" s="0" t="inlineStr">
+        <is>
+          <t>護理學系</t>
+        </is>
+      </c>
+      <c r="C67" s="0">
+        <v>16</v>
+      </c>
+      <c r="D67" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" s="0" t="inlineStr">
+        <is>
+          <t>8200</t>
+        </is>
+      </c>
+      <c r="B68" s="0" t="inlineStr">
+        <is>
+          <t>高齡照顧學程原民專班</t>
+        </is>
+      </c>
+      <c r="C68" s="0">
+        <v>4</v>
+      </c>
+      <c r="D68" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" s="0" t="inlineStr">
+        <is>
+          <t>6000</t>
+        </is>
+      </c>
+      <c r="B69" s="0" t="inlineStr">
+        <is>
+          <t>水沙連學院</t>
+        </is>
+      </c>
+      <c r="C69" s="0">
+        <v>5</v>
+      </c>
+      <c r="D69" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" s="0" t="inlineStr">
+        <is>
+          <t>6100</t>
+        </is>
+      </c>
+      <c r="B70" s="0" t="inlineStr">
+        <is>
+          <t>地方創生與跨域治理碩士學位學程</t>
+        </is>
+      </c>
+      <c r="C70" s="0">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" s="0" t="inlineStr">
+        <is>
+          <t>R000</t>
+        </is>
+      </c>
+      <c r="B71" s="0" t="inlineStr">
+        <is>
+          <t>師資培育中心</t>
+        </is>
+      </c>
+      <c r="C71" s="0">
+        <v>13</v>
+      </c>
+      <c r="D71" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" s="0" t="inlineStr">
+        <is>
+          <t>U000</t>
+        </is>
+      </c>
+      <c r="B72" s="0" t="inlineStr">
+        <is>
+          <t>通識教育中心</t>
+        </is>
+      </c>
+      <c r="C72" s="0">
+        <v>30</v>
+      </c>
+      <c r="D72" s="0">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" s="0" t="inlineStr">
+        <is>
+          <t>U200</t>
+        </is>
+      </c>
+      <c r="B73" s="0" t="inlineStr">
+        <is>
+          <t>通識教育中心體育組</t>
+        </is>
+      </c>
+      <c r="C73" s="0">
+        <v>19</v>
+      </c>
+      <c r="D73" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" s="0" t="inlineStr">
+        <is>
+          <t>T000</t>
+        </is>
+      </c>
+      <c r="B74" s="0" t="inlineStr">
+        <is>
+          <t>語文教學中心</t>
+        </is>
+      </c>
+      <c r="C74" s="0">
+        <v>20</v>
+      </c>
+      <c r="D74" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" s="0" t="inlineStr">
+        <is>
           <t>1000</t>
         </is>
       </c>
-      <c r="B65" s="0" t="inlineStr">
+      <c r="B75" s="0" t="inlineStr">
         <is>
           <t>校務研究中心</t>
         </is>
       </c>
-      <c r="C65" s="0">
+      <c r="C75" s="0">
         <v>3</v>
       </c>
-      <c r="D65" s="0">
+      <c r="D75" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>