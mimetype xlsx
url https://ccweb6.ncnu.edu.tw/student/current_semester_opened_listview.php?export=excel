--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -253,56 +253,56 @@
         <is>
           <t>學分數</t>
         </is>
       </c>
       <c r="B17" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>人數上限</t>
         </is>
       </c>
       <c r="B18" s="0">
         <v>999</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>選修人數</t>
         </is>
       </c>
       <c r="B19" s="0">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>剩餘名額</t>
         </is>
       </c>
       <c r="B20" s="0">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>