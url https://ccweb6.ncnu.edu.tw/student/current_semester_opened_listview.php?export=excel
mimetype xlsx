--- v1 (2025-12-13)
+++ v2 (2026-03-03)
@@ -63,86 +63,86 @@
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>學期</t>
         </is>
       </c>
       <c r="B1" s="0">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>課號</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>000001</t>
+          <t>000009</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>班別</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>中文課名</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>普通心理學</t>
+          <t>人力資源發展理論與實務</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>開課系所代碼</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>00, 諮人系</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>開課系所</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>諮人系</t>
         </is>
@@ -165,144 +165,149 @@
         <is>
           <t>系所限制</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>系統可選年級</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>開課教師</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>張玉茹</t>
+          <t>蔡怡君</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>地點</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>A104</t>
+          <t>A407-1</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>全英語授課</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>非無障礙教室</t>
         </is>
       </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>英文課名</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>General Psychology</t>
+          <t>Human Resource Devlopment: Theory and Practice</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>時間</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>2bcd</t>
+          <t>3bcd</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>課程大綱</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>學分數</t>
         </is>
       </c>
       <c r="B17" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>人數上限</t>
         </is>
       </c>
       <c r="B18" s="0">
         <v>999</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>選修人數</t>
         </is>
       </c>
       <c r="B19" s="0">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>剩餘名額</t>
         </is>
       </c>
       <c r="B20" s="0">
-        <v>947</v>
+        <v>968</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>